--- v0 (2025-11-08)
+++ v1 (2026-02-22)
@@ -1,33851 +1,3324 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B268E1" w:rsidRPr="00D82720" w:rsidRDefault="00D10746" w:rsidP="00D10746">
+    <w:p w14:paraId="6B21D6E3" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:spacing w:before="520" w:after="60" w:line="420" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:spacing w:val="-20"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="58"/>
+          <w:szCs w:val="58"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D82720">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
           <w:noProof/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="980671" cy="1181100"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EBA0717" wp14:editId="51AEE61B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-3810</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:align>inside</wp:align>
+            </wp:positionV>
+            <wp:extent cx="489585" cy="538480"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="รูปภาพ 0" descr="NSTRU logo.gif"/>
+            <wp:wrapNone/>
+            <wp:docPr id="157641148" name="รูปภาพ 157641148" descr="คำอธิบาย: krut_s"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="NSTRU logo.gif"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 78" descr="คำอธิบาย: krut_s"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="980671" cy="1181100"/>
+                      <a:ext cx="489585" cy="538480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3617 lines deleted...]
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="32"/>
-[...13180 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="980671" cy="1181100"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DBE711A" wp14:editId="4E05BD60">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-3810</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:align>inside</wp:align>
+            </wp:positionV>
+            <wp:extent cx="489585" cy="538480"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="รูปภาพ 0" descr="NSTRU logo.gif"/>
+            <wp:wrapNone/>
+            <wp:docPr id="68250875" name="รูปภาพ 68250875" descr="คำอธิบาย: krut_s"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="NSTRU logo.gif"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="รูปภาพ 2" descr="คำอธิบาย: krut_s"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="980671" cy="1181100"/>
+                      <a:ext cx="489585" cy="538480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-20"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="58"/>
+          <w:szCs w:val="58"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>บันทึกข้อความ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008E249D" w:rsidRPr="00D82720" w:rsidRDefault="008E249D" w:rsidP="008E249D">
+    <w:p w14:paraId="0C3DBD6D" w14:textId="63EEBE7C" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:spacing w:after="60" w:line="420" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D3ED7ED" wp14:editId="7EEE86F2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>838200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>236854</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4914900" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="444322681" name="ตัวเชื่อมต่อตรง 444322681"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4914900" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="rnd">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="sysDot"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="79B02E90" id="ตัวเชื่อมต่อตรง 444322681" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="66pt,18.65pt" to="453pt,18.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgyBUWwwEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5wE7bAYcXpI2l26&#10;LUC7H8BIcixUFgVSiZ1/P0n5WLHdhvkgSCL59N4jvXwYeyeOhtiib+RsMpXCeIXa+n0jf74+ffoi&#10;BUfwGhx608iTYfmw+vhhOYTazLFDpw2JBOK5HkIjuxhDXVWsOtMDTzAYn4ItUg8xHWlfaYIhofeu&#10;mk+nn6sBSQdCZZjT7eYclKuC37ZGxR9tyyYK18jELZaVyrrLa7VaQr0nCJ1VFxrwDyx6sD49eoPa&#10;QARxIPsXVG8VIWMbJwr7CtvWKlM0JDWz6R9qXjoIpmhJ5nC42cT/D1Z9P679ljJ1NfqX8IzqjYXH&#10;dQd+bwqB11NIjZtlq6ohcH0ryQcOWxK74RvqlAOHiMWFsaU+QyZ9Yixmn25mmzEKlS7vFrO7xTT1&#10;RF1jFdTXwkAcvxrsRd400lmffYAajs8cMxGoryn52uOTda700nkxNHJxP79PyJAmirwupYzO6pyW&#10;C5j2u7UjcYQ8F+Ur+lLkfVp+YwPcnfP4xBuM55EhPHhdHuwM6MfLPoJ1530i6PzFsOxRHkiud6hP&#10;W7oamVpalFzGL8/M+3Op/v2TrH4BAAD//wMAUEsDBBQABgAIAAAAIQAfkTWj2wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqE0jpRDiVKjl50xBSNw2yZKExusodtPw9izi&#10;UI4zO5r9Jl/PrlcTjaHzbOF6YUARV77uuLHw9vp4dQMqROQae89k4ZsCrIvzsxyz2h/5haZdbJSU&#10;cMjQQhvjkGkdqpYchoUfiOX26UeHUeTY6HrEo5S7Xi+NSbXDjuVDiwNtWqr2u4OzML1X26/tw/Pe&#10;8MavyidKPwZCay8v5vs7UJHmeArDL76gQyFMpT9wHVQvOlnKlmghWSWgJHBrUjHKP0MXuf6/oPgB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYMgVFsMBAABsAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAH5E1o9sAAAAJAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;">
+                <v:stroke dashstyle="1 1" endcap="round"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ส่วนราชการ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    คณะวิทยาศาสตร์และเทคโนโลยี </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>มหาวิทยาลัยราชภัฏนครศรีธรรมราช</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3798B4EC" w14:textId="1BEBCB86" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FBBE8AD" wp14:editId="06DA0AF2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>114300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>242569</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2743200" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1645769987" name="ตัวเชื่อมต่อตรง 1645769987"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2743200" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="rnd">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="sysDot"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="3E7DA1C4" id="ตัวเชื่อมต่อตรง 1645769987" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="9pt,19.1pt" to="225pt,19.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzcA7qwgEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadrC8hE13UPLclmg&#10;0i4/YGo7iYXjsWbcpvn32O4HK7ghcrBsz8zze28mq/vT4MTREFv0jVzM5lIYr1Bb3zXyx/PDm49S&#10;cASvwaE3jZwMy/v161erMdRmiT06bUgkEM/1GBrZxxjqqmLVmwF4hsH4FGyRBojpSF2lCcaEPrhq&#10;OZ+/r0YkHQiVYU6323NQrgt+2xoVv7ctmyhcIxO3WFYq6z6v1XoFdUcQeqsuNOAfWAxgfXr0BrWF&#10;COJA9i+owSpCxjbOFA4Vtq1VpmhIahbzP9Q89RBM0ZLM4XCzif8frPp23PgdZerq5J/CI6qfLDxu&#10;evCdKQSep5Aat8hWVWPg+laSDxx2JPbjV9QpBw4RiwunloYMmfSJUzF7upltTlGodLn88O5t6qAU&#10;6hqroL4WBuL4xeAg8qaRzvrsA9RwfOSYiUB9TcnXHh+sc6WXzouxkZ/ulncJGdJEkdellNFZndNy&#10;AVO33zgSR8hzUb6iL0VepuU3tsD9OY8n3mI8jwzhwevyYG9Af77sI1h33ieCzl8Myx7lgeR6j3ra&#10;0dXI1NKi5DJ+eWZenkv1759k/QsAAP//AwBQSwMEFAAGAAgAAAAhAJnYcYbbAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoTYE2CnEq1PJzbkGVuG2SJQmN11HspuHtWcQB&#10;jjOzmv0mW02uUyMNofVs4XpmQBGXvmq5tvD2+nSVgAoRucLOM1n4ogCr/Pwsw7TyJ97SuIu1khIO&#10;KVpoYuxTrUPZkMMw8z2xZB9+cBhFDrWuBjxJuev03JiFdtiyfGiwp3VD5WF3dBbGfbn53Dy+HAyv&#10;/bJ4psV7T2jt5cX0cA8q0hT/juEHX9AhF6bCH7kKqhOdyJRo4SaZg5L89s6IUfwaOs/0/wH5NwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzcA7qwgEAAGwDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCZ2HGG2wAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;ABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;">
+                <v:stroke dashstyle="1 1" endcap="round"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75E28E13" wp14:editId="0F715688">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>244474</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2592070" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1534340311" name="ตัวเชื่อมต่อตรง 1534340311"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2592070" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="rnd">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="sysDot"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6BD33C77" id="ตัวเชื่อมต่อตรง 1534340311" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="152.9pt,19.25pt" to="357pt,19.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUwbXlwwEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGzuW0natOHtIur1s&#10;20i7/QETwDZazCCGxPa/L5CPXbW3an1AwMw83nszXt9Pg2En5UmjbfhyUXKmrECpbdfw388Pn75y&#10;RgGsBINWNXxWxO83Hz+sR1erCns0UnkWQSzVo2t4H4Kri4JErwagBTplY7BFP0CIR98V0sMY0QdT&#10;VGX5uRjRS+dRKKJ4uzsH+Sbjt60S4VfbkgrMNDxyC3n1eT2ktdisoe48uF6LCw34DxYDaBsfvUHt&#10;IAA7ev0P1KCFR8I2LAQOBbatFipriGqW5V9qnnpwKmuJ5pC72UTvByt+nrZ27xN1Mdkn94jihZjF&#10;bQ+2U5nA8+xi45bJqmJ0VN9K0oHc3rPD+ANlzIFjwOzC1PohQUZ9bMpmzzez1RSYiJfV6q4qv8Se&#10;iGusgPpa6DyF7woHljYNN9omH6CG0yOFRATqa0q6tvigjcm9NJaNDb9bVauIDHGivJW5lNBomdJS&#10;AfnusDWenSDNRf6yvhh5m5be2AH15zyaaYfhPDIej1bmB3sF8ttlH0Cb8z4SNPZiWPIoDSTVB5Tz&#10;3l+NjC3NSi7jl2bm7TlXv/4kmz8AAAD//wMAUEsDBBQABgAIAAAAIQBsmLTK2wAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UbsF2ijEqVDLz7kFVeK2iZckNF5HsZuGt8eI&#10;Q3vcmdHMt9lqtK0YqPeNYw2zqQJBXDrTcKXh4/3lNgHhA7LB1jFp+CEPq/z6KsPUuBNvadiFSsQS&#10;9ilqqEPoUil9WZNFP3UdcfS+XG8xxLOvpOnxFMttK+dKLaTFhuNCjR2tayoPu6PVMOzLzffm+e2g&#10;eO2WxSstPjtCrW8m49MjiEBjOIfhDz+iQx6ZCndk40WrIT4SNNwlDyCie6+SOYjiX5B5Ji/x818A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVMG15cMBAABsAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbJi0ytsAAAAGAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;">
+                <v:stroke dashstyle="1 1" endcap="round"/>
+                <w10:wrap anchorx="margin"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ที่</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>วันที่</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78618FA8" w14:textId="24310661" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A115AFA" wp14:editId="56DBEBCE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>333375</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>247014</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5414645" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="257236824" name="ตัวเชื่อมต่อตรง 257236824"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5414645" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="rnd">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="sysDot"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6F39D4FF" id="ตัวเชื่อมต่อตรง 257236824" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="26.25pt,19.45pt" to="452.6pt,19.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcOZyzwgEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGydRsmqtOHtIur1s&#10;20i7/QETwDEqZtAMiZ1/XyAfXbW3qj4ghpl5vPcYrx7H3omTIbboGzmbTKUwXqG2/tDIH69PHz5K&#10;wRG8BofeNPJsWD6u379bDaE2c+zQaUMigXiuh9DILsZQVxWrzvTAEwzGp2SL1ENMIR0qTTAk9N5V&#10;8+n0oRqQdCBUhjmdbi9JuS74bWtU/N62bKJwjUzcYlmprPu8VusV1AeC0Fl1pQH/wKIH69Old6gt&#10;RBBHsn9B9VYRMrZxorCvsG2tMkVDUjOb/qHmpYNgipZkDoe7Tfz/YNW308bvKFNXo38Jz6h+svC4&#10;6cAfTCHweg7p4WbZqmoIXN9bcsBhR2I/fEWdauAYsbgwttRnyKRPjMXs891sM0ah0uFyMVs8LJZS&#10;qFuugvrWGIjjF4O9yJtGOuuzD1DD6ZljJgL1rSQfe3yyzpW3dF4Mjfy0nGdkSBNFXpdWRmd1LssN&#10;TIf9xpE4QZ6L8hV9KfO2LN+xBe4udXzmLcbLyBAevS4Xdgb05+s+gnWXfSLo/NWw7FEeSK73qM87&#10;uhmZnrQouY5fnpm3cen+/ZOsfwEAAP//AwBQSwMEFAAGAAgAAAAhAMvKJAXcAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoTVBKG+JUqOXn3IIq9baJlyQ0Xkexm4a3x4gD&#10;HGdnNPNtvppsJ0YafOtYw+1MgSCunGm51vD+9nyzAOEDssHOMWn4Ig+r4vIix8y4M29p3IVaxBL2&#10;GWpoQugzKX3VkEU/cz1x9D7cYDFEOdTSDHiO5baTiVJzabHluNBgT+uGquPuZDWM+2rzuXl6PSpe&#10;u/vyheaHnlDr66vp8QFEoCn8heEHP6JDEZlKd2LjRachTdKY1HC3WIKI/lKlCYjy9yCLXP5/oPgG&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXDmcs8IBAABsAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAy8okBdwAAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;">
+                <v:stroke dashstyle="1 1" endcap="round"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>เรื่อง</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ขออนุญาตไปต่างประเทศ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D11CA3" w14:textId="2E934032" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>เรียน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>อธิการบดี</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4475C0" w14:textId="16348AF4" w:rsidR="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="36"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ด้วยข้าพเจ้า...........................................................................ตำแหน่ง......................................สังกัด....................................................................ประสงค์จะขออนุญาตเดินทางไปต่างประเทศ ณ ประเทศ..............................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D645D8" w14:textId="06FF6201" w:rsidR="008357F0" w:rsidRDefault="00040D77" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> เดินทางในวันหยุดราชการ   จำนวน...วัน   ตั้งแต่วันที่......................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EAEBF1" w14:textId="03BC4000" w:rsidR="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ถึงวันที่...........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE27E36" w14:textId="540A16F8" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ได้รับอนุญาตให้ลากิจส่วนตัว</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> จำนวน...วัน  ตั้งแต่วันที่......................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F87A6D6" w14:textId="71834565" w:rsidR="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ถึงวันที่..........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B43A9A" w14:textId="36B9B9F8" w:rsidR="00040D77" w:rsidRPr="00040D77" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ได้รับอนุญาตให้ลา</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">พักผ่อน   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> จำนวน...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>วัน  ตั้งแต่วันที่</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>......................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D992C0" w14:textId="5538E15D" w:rsidR="00040D77" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    ถึงวันที่..........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EB159B" w14:textId="509D128B" w:rsidR="00040D77" w:rsidRPr="00040D77" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>อื่น ๆ (ระบุ).......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    จำนวน...วัน  ตั้งแต่วันที่......................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281F4785" w14:textId="5FA89813" w:rsidR="00040D77" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    ถึงวันที่..........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCF3D94" w14:textId="7118A9D5" w:rsidR="00040D77" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ตามสำเนาใบลาที่แนบมาพร้อมนี้ จำนวน.......ฉบับ จึงขออนุญาตไปต่างประเทศดังกล่าวข้างต้น รวม......วัน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDFDCCE" w14:textId="60CBDA5C" w:rsidR="00040D77" w:rsidRPr="008357F0" w:rsidRDefault="00040D77" w:rsidP="00040D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ตั้งแต่วันที่.......................................................ถึงวันที่....................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DD1CEF" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E249D" w:rsidRPr="00404922" w:rsidRDefault="008E249D" w:rsidP="00404922">
-[...26 lines deleted...]
-    <w:p w:rsidR="008E249D" w:rsidRPr="00D82720" w:rsidRDefault="008E249D" w:rsidP="008E249D">
+    <w:p w14:paraId="1AABB22D" w14:textId="647F910D" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="56"/>
+        <w:ind w:firstLine="1411"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>จึงเรียนมาเพื่อโปรด</w:t>
+      </w:r>
+      <w:r w:rsidR="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>พิจารณาอนุญาต</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DF286A" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E249D" w:rsidRPr="00D82720" w:rsidRDefault="008E249D" w:rsidP="008E249D">
+    <w:p w14:paraId="3EA12278" w14:textId="63E8E7CC" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6342"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B43D38" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6342"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:eastAsia="Times New Roman" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9D6F34" w14:textId="48107A43" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1412"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
-[...3 lines deleted...]
-          <w:szCs w:val="56"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D82720">
-[...18 lines deleted...]
-        <w:t>PBL)</w:t>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ลงชื่อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>...................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E249D" w:rsidRPr="00D82720" w:rsidRDefault="008E249D" w:rsidP="008E249D">
+    <w:p w14:paraId="31BFD9E9" w14:textId="54CE9937" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="28" w:firstLine="1412"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
-[...3 lines deleted...]
-          <w:szCs w:val="52"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D82720">
-[...149 lines deleted...]
-          <w:szCs w:val="52"/>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00040D77">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(.........................................................)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1524 lines deleted...]
-      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="167"/>
+        <w:tblW w:w="9021" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1092"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="4373"/>
+        <w:gridCol w:w="4648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidTr="002B2FCE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="006B3B45" w14:paraId="22AF6638" w14:textId="77777777" w:rsidTr="006B3B45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="4F90DF4D" w14:textId="77777777" w:rsidR="006B3B45" w:rsidRPr="00871BD7" w:rsidRDefault="006B3B45" w:rsidP="00871BD7">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82720">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>ลำดับที่</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ความเห็นผู้บังคับบัญชา</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="03D375CD" w14:textId="5C57D601" w:rsidR="006B3B45" w:rsidRPr="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t></w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>เห็นสมควรอนุญาต</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D728DA" w14:textId="32FBA831" w:rsidR="006B3B45" w:rsidRPr="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t></w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ไม่</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>เห็นสมควรอนุญา</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ต</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>..............................</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.......</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187D5B7D" w14:textId="0C20CAB1" w:rsidR="006B3B45" w:rsidRPr="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>............................................................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E44D5FF" w14:textId="194B3CE3" w:rsidR="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3B45">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(ลงชื่อ)...............................................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54526A8C" w14:textId="307CEE32" w:rsidR="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>รหัสประจำตัว</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(.........................................................)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="56DD9E92" w14:textId="0668F5CA" w:rsidR="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-                <w:cs/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>ชื่อ-นามสกุล</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ตำแหน่ง....................................................</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="29CF4B03" w14:textId="5CB1D96E" w:rsidR="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>หมายเหตุ</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>วันที่..............................................................</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00520B22" w:rsidRPr="00FD2073" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="625AF15E" w14:textId="77777777" w:rsidR="006B3B45" w:rsidRDefault="006B3B45" w:rsidP="006B3B45">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
-[...7 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="4343" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="627582B9" w14:textId="24B57C4B" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>57..</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>คำสั่งของอธิการบดี</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="5124E373" w14:textId="585BFF23" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-[...949 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>อนุญาต</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520B22" w:rsidRPr="00123FB9" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="0F36905E" w14:textId="01A18CB3" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123FB9">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>กลุ่มเรียน</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ไม่อนุญาต.....................................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
-[...159 lines deleted...]
-              <w:t>2558</w:t>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>....................</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520B22" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="3B4D149B" w14:textId="77777777" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123FB9">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>............................................................................</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520B22" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="171C4977" w14:textId="77777777" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123FB9">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-[...36 lines deleted...]
-              <w:t>..................................................................</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(ลงชื่อ)...............................................................</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520B22" w:rsidRPr="00123FB9" w:rsidRDefault="00520B22" w:rsidP="002B2FCE">
+          <w:p w14:paraId="333B14D3" w14:textId="77777777" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123FB9">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>..............</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       (.........................................................)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00123FB9">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+          </w:p>
+          <w:p w14:paraId="7C9ABE23" w14:textId="77777777" w:rsidR="00871BD7" w:rsidRPr="00871BD7" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-              <w:t>........................</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ตำแหน่ง....................................................</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+          </w:p>
+          <w:p w14:paraId="55EA9051" w14:textId="577D3C99" w:rsidR="006B3B45" w:rsidRDefault="00871BD7" w:rsidP="00871BD7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9000"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="36"/>
                 <w:cs/>
-              </w:rPr>
-[...18 lines deleted...]
-              <w:t>..................................................................</w:t>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>วันที่..............................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00520B22" w:rsidRDefault="00520B22" w:rsidP="00520B22">
+    <w:p w14:paraId="1AF3798E" w14:textId="7954D43D" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Cordia New" w:hint="cs"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="00520B22">
+    <w:p w14:paraId="098AF682" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Cordia New"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D82720">
-[...6 lines deleted...]
-        <w:t>โปรดวงกลมล้อมรอบหมายเลขที่ต้องการ (ตามเกณฑ์การให้คะแนนด้านล่างนี้)</w:t>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Cordia New"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="00520B22">
+    <w:p w14:paraId="1561157F" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9000"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:cs/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D82720">
-[...131 lines deleted...]
-        <w:t xml:space="preserve"> ดีมาก</w:t>
+      <w:r w:rsidRPr="008357F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...2242 lines deleted...]
-    <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="00520B22">
+    <w:p w14:paraId="48826DC5" w14:textId="77777777" w:rsidR="008357F0" w:rsidRPr="008357F0" w:rsidRDefault="008357F0" w:rsidP="008357F0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3600"/>
+        </w:tabs>
+        <w:spacing w:before="520" w:after="60" w:line="420" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Times New Roman" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520B22" w:rsidRPr="00D82720" w:rsidRDefault="00520B22" w:rsidP="00520B22">
-[...8690 lines deleted...]
-    <w:sectPr w:rsidR="00FD2073" w:rsidRPr="00D82720" w:rsidSect="00404922">
+    <w:p w14:paraId="0DBB8FE2" w14:textId="77777777" w:rsidR="005306E7" w:rsidRPr="008357F0" w:rsidRDefault="005306E7"/>
+    <w:sectPr w:rsidR="005306E7" w:rsidRPr="008357F0" w:rsidSect="006B3B45">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="426" w:right="1440" w:bottom="426" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TH SarabunPSK">
+    <w:altName w:val="TH Sarabun PSK"/>
+    <w:panose1 w:val="020B0500040200020003"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="TH Niramit AS">
     <w:panose1 w:val="02000506000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1592 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...11 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A30FF0"/>
-[...64 lines deleted...]
-    <w:rsid w:val="00FE345D"/>
+    <w:rsidRoot w:val="008A54C5"/>
+    <w:rsid w:val="00040D77"/>
+    <w:rsid w:val="005306E7"/>
+    <w:rsid w:val="006B3B45"/>
+    <w:rsid w:val="008357F0"/>
+    <w:rsid w:val="00871BD7"/>
+    <w:rsid w:val="008A54C5"/>
+    <w:rsid w:val="0092561F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9218">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="19ECC30F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3B5F9A20-F3FF-416D-89A7-8B2B0CDCE151}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F96BE5"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...29 lines deleted...]
-  <w:style w:type="table" w:styleId="a5">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00095286"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="006B3B45"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...109 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ชุดรูปแบบของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>39</Pages>
-[...1 lines deleted...]
-  <Characters>23879</Characters>
+  <Pages>2</Pages>
+  <Words>397</Words>
+  <Characters>2267</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>198</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28012</CharactersWithSpaces>
+  <CharactersWithSpaces>2659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>hp</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>