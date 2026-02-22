--- v0 (2025-12-01)
+++ v1 (2026-02-22)
@@ -1,951 +1,2127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1EB690E0" w14:textId="4E2CC440" w:rsidR="00660D90" w:rsidRDefault="007836A9" w:rsidP="005431D3">
+    <w:p w14:paraId="6EA4AE5D" w14:textId="52A9E681" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="0092023B">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เลขที่...................</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066432C5" w14:textId="61E378F8" w:rsidR="0092023B" w:rsidRPr="0092023B" w:rsidRDefault="0092023B" w:rsidP="0092023B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092023B">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สัญญาเช่าทรัพย์สิน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7100FD" w14:textId="14E94FFD" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
-[...16 lines deleted...]
-        <w:t>--------------------------------------</w:t>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สัญญาฉบับนี้ท</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ขึ้น ณ มหาวิทยาลัยราชภัฏนครศรีธรรมราช ต</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บลท่างิ้ว อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เภอเมือง จังหวัดนครศรีธรรมราช</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE0B12C" w14:textId="3B8518D9" w:rsidR="007836A9" w:rsidRPr="007836A9" w:rsidRDefault="007836A9" w:rsidP="005431D3">
+    <w:p w14:paraId="0F931597" w14:textId="09CF747D" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เมื่อวันที่</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เดือน..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>............พ.ศ...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.ระหว่างมหาวิทยาลัยราชภัฏนครศรีธรรมราช โดย....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................................</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผู้รับมอบอ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>นาจจากอธิการบดีมหาวิทยาลัยราชภัฏนครศรีธรรมราช อยู่บ้านเลขที่</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AFECF1" w14:textId="1A08E8C8" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>หมู่ที่.................ตำบล.................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เภอ.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........................จังหวัด....................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B899DC" w14:textId="21183196" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ซึ่งต่อไปในสัญญานี้เรียกว่า “ผู้เช่า” ฝ่ายหนึ่งกับ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..................โดย.........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBEA0BC" w14:textId="2CC95538" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>อยู่บ้านเลขที่.......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ตำบล.................................อำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เภอ.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........................จังหวัด.......................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ซึ่งต่อ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3529114F" w14:textId="21870BC0" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ไปในสัญญานี้เรียกว่า “ผู้ให้เช่า” อีกฝ่ายหนึ่ง ทั้งสองฝ่ายได้ตกลงท</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สัญญากัน มีข้อความดังต่อไปนี้</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007AA5B2" w14:textId="6BC34891" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ข้อ 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผู้เช่าตกลงเช่า</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> และผู้ให้</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เช่าตกลงให้</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เช่า</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>............................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3798A1" w14:textId="73A72142" w:rsidR="002F260C" w:rsidRPr="004C3D70" w:rsidRDefault="002F260C" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>................................................................................................................................เพื่อใช้ในการ..............</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8A3A41" w14:textId="34F2477F" w:rsidR="002F260C" w:rsidRPr="004C3D70" w:rsidRDefault="002F260C" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..........................................................................................ณ.................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C334F6A" w14:textId="6B0609CA" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="002F260C" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ข้อ 2. ผู้เช่าตกลงเช่า</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>............................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ตามสัญญาข้อ 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577A86B9" w14:textId="3BA1DB76" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>นับตั้งแต่วันที่...</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...เดือน...</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>พ.ศ.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....ถึงวันที่</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...เดือน...</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>พ.ศ.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128F5E45" w14:textId="17380B4E" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="0092023B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รวมจ</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>นวน.............วัน</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ครั้ง</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>………………..</w:t>
+      </w:r>
+      <w:r w:rsidR="002F260C" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เดือน..............ปี</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673D47CE" w14:textId="7F5F0E2F" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="002F260C" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ข้อ 3. ผู้ให้เช่าตกลงคิดค่าเช่าในอัตราครั้ง/วัน เดือนละ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>หรือเดือนละ.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....บาท (...</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รวมเป็นเงิน......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......บาท (..</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>โดยผู้เช่าจะชําระเงินค่าเช่าภายใน......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F967BA">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="004047D4" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......วัน นับ</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จากวันสิ้นสุดสัญญาเช่าตามสัญญา ข้อ 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A67576" w14:textId="144E4940" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ข้อ 4. เมื่อสิ้นสุดสัญญาเช่า ผู้ให้เช่าจะต้องนําทรัพย์สินกลับคืนไปเอง และหากมีค่าใช้จ่ายใด ๆ เกิดขึ้นเป็นหน้าที่ของผู้ให้เช่าต้องรับผิดชอบ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF519AA" w14:textId="08BD97CA" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ข้อ 5. ในระหว่างการเช่า หากทรัพย์สินที่ผู้เช่านํามาติดตั้งเกิดชํารุดเสียหายไม่ว่ากรณีใดๆ เป็นหน้าที่ของผู้ให้เช่ารับผิดชอบเองทั้งสิ้น</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE67AE0" w14:textId="499662CF" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สัญญานี้ท</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ขึ้นเป็นสองฉบับ มีข้อความถูกต้องตรงกัน คู่สัญญาทั้งสองฝ่ายได้อ่านและเข้าใจข้อความในสัญญาโดยตลอด แล้ว จึงได้ลงลายมือชื่อพร้อมทั้งประทับตรา (ถ้ามี) ไว้เป็นส</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ำ</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>คัญต่อหน้าพยานและเก็บไว้ฝ่ายละฉบับ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6555B3FD" w14:textId="77777777" w:rsidR="004047D4" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263C6F46" w14:textId="61036528" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ลงชื่อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0092023B" w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผู้เช่า</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778589D2" w14:textId="77E4D139" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    (………………………………………………)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF33DC2" w14:textId="70FEB50F" w:rsidR="004047D4" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ลงชื่อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผู้</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ให้</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เช่า</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090E771E" w14:textId="35812707" w:rsidR="0092023B" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    (………………………………………………)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512050CE" w14:textId="3CFEA08F" w:rsidR="004047D4" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ลงชื่อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................................................พยาน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC53238" w14:textId="076289F7" w:rsidR="004047D4" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ลงชื่อ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................................................พยาน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A538891" w14:textId="18801381" w:rsidR="003C6A9B" w:rsidRPr="004C3D70" w:rsidRDefault="003C6A9B" w:rsidP="004C3D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
-[...9 lines deleted...]
-        <w:t>-------</w:t>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C3D70">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>………………………………………………)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F9CFFC" w14:textId="7C171685" w:rsidR="007836A9" w:rsidRPr="007836A9" w:rsidRDefault="007836A9" w:rsidP="005431D3">
+    <w:p w14:paraId="2499C088" w14:textId="77777777" w:rsidR="004047D4" w:rsidRPr="004C3D70" w:rsidRDefault="004047D4" w:rsidP="004C3D70">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="34ACB8B6" w14:textId="1CC7D66B" w:rsidR="007836A9" w:rsidRPr="007836A9" w:rsidRDefault="007836A9" w:rsidP="005431D3">
+    <w:p w14:paraId="01270610" w14:textId="77777777" w:rsidR="004047D4" w:rsidRPr="0092023B" w:rsidRDefault="004047D4" w:rsidP="0092023B">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6136E081" w14:textId="39798224" w:rsidR="007836A9" w:rsidRPr="007836A9" w:rsidRDefault="007836A9" w:rsidP="005431D3">
-[...442 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="004047D4" w:rsidRPr="0092023B" w:rsidSect="004C3D70">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1106" w:bottom="1440" w:left="990" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TH Niramit AS">
-    <w:panose1 w:val="02000506000000020004"/>
+  <w:font w:name="TH SarabunPSK">
+    <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A100006F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
+    <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...204 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007836A9"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00ED41FD"/>
+    <w:rsidRoot w:val="0092023B"/>
+    <w:rsid w:val="002F260C"/>
+    <w:rsid w:val="003C6A9B"/>
+    <w:rsid w:val="004047D4"/>
+    <w:rsid w:val="004C3D70"/>
+    <w:rsid w:val="0092023B"/>
+    <w:rsid w:val="00DB7DFD"/>
+    <w:rsid w:val="00F967BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7A646FEE"/>
+  <w14:docId w14:val="13BA2DFF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D5F22796-4266-4367-9715-D2DACBFB875A}"/>
+  <w15:docId w15:val="{0AAEAC32-203D-4C4B-85FE-8408317603BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1273,146 +2449,103 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...42 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1443,85 +2576,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1628,98 +2795,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>596</Words>
-  <Characters>3400</Characters>
+  <Words>479</Words>
+  <Characters>2732</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3989</CharactersWithSpaces>
+  <CharactersWithSpaces>3205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>sct_sunisa</dc:creator>
+  <dc:creator>Tichila Srimai</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>